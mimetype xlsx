--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="896" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="911" uniqueCount="377">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -791,50 +791,59 @@
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE VERIFIQUE A POSSIBILIDADE DE TORNAR O TRECHO DA RUA MANOEL SILVÉRIO FERREIRA PRÓXIMO A PRAÇA BRASÍLIO MARCOLINO FERREIRA EM VIA DE MÃO ÚNICA COM ESTACIONAMENTO 45 GRAUS.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/236/indicacao_113-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM AO PODER EXECUTIVO MUNICIPAL QUE PROMOVA A CONTINUIDADE DO PROJETO CIDADE LIMPA, NOS BAIRROS RIBEIRÃO DOS CRUZES, NUNES E JARDIM EMÍLIA.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE LINEAR, A TÍTULO DE REVISÃO GERAL ANUAL DE REMUNERAÇÃO DE SERVIDORES EFETIVOS DA CÂMARA MUNICIPAL DE RIBEIRÃO GRANDE, BEM COMO DAS FUNÇÕES GRATIFICADAS</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/146/projeto_de_lei_complementar_003-2025_-_ver_oseias.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº115, DE 07 DE ABRIL DE 2017, QUE DISPÕE SOBRE O IMPOSTO SOBRE A TRANSMISSÃO DE BENS IMÓVEIS - ITBI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>PREFEITURA MUNICIPAL DE RIBEIRÃO GRANDE - PMRG</t>
+  </si>
+  <si>
+    <t>http://177.55.95.241/sapl/public/materialegislativa/2025/241/projeto_de_lei_complementar_012-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Complementar nº 011/2003, e dá outras providências.</t>
+  </si>
+  <si>
     <t>RQV</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/166/requerimento_001-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A DOUTA MESA, PARA QUE SE ESTUDE JUNTO AO SETOR COMPETENTE DA MUNICIPALIDADE O REINÍCIO DOS TRABALHOS DE IMPLANTAÇÃO NA ESTRADA RIBEIRÃO GRANDE ELDORADO, BEM COMO SEJA ENCAMINHADO CÓPIA DESTE REQUERIMENTO AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL DE ELDORADO E AO EXCELENTISSIMO SENHOR GOVERNADOR DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>MOÇÕES</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/56/mocao_de_aplausos_01-2025_-_cnbb.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos á Conferência Nacional dos Bispos do Brasil (CNBB), pela realização da Campanha da Fraternidade 2025.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/79/mocao_de_aplausos_002-2025.pdf</t>
@@ -945,53 +954,50 @@
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/170/projeto_de_lei_016-2025_-_ver_valdomiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DO CAMPO MUNICIPAL, LOCALIZADO NO BAIRRO DOS CRUZES, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/192/projeto_de_lei_017-2025_-_ver_ivo_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO AO MÉRITO ESCOLAR "ALUNO NOTA DEZ", DESTINADO A ESTUDANTES DO ENSINO MÉDIO DA REDE PÚBLICA MUNICIPAL E/OU PARCERIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/232/projeto_de_lei_018-2025_-_ver_mauricio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA LOCALIZADA NO BAIRRO FERREIRA DOS MATOS, NESTE MUNICIPIO. (RUA "CAPOAVINHA").</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
-    <t>PREFEITURA MUNICIPAL DE RIBEIRÃO GRANDE - PMRG</t>
-[...1 lines deleted...]
-  <si>
     <t>Altera a Lei Complementar n°141/2020 - Referente ao benefício da abonada.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/62/projeto_de_lei_complementar_003-2025_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NA LEI COMPLEMENTAR Nº185/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/63/projeto_de_lei_complementar_004-2025_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 004 - ALTERA A LEI COMPLEMENTAR Nº 18 DE 08 DE JUNHO DE 2005.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/103/projeto_de_lei_complementar_007-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NA LEI COMPLEMENTAR Nº 185/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/164/projeto_de_lei_complementar_008-2025_-_poder_executivo_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO E TRANSFORMAÇÃO DOS CARGOS PÚBLICOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
@@ -1070,50 +1076,56 @@
   </si>
   <si>
     <t>PROJETO DE LEI 018 DE 15 DE AGOSTO DE 2025</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/178/protjeto_de_lei_20_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI  Nº20/2025  _x000D_
 AUTORIA: EXECUTIVO MUNICIPAL   _x000D_
 ASSUNTO: DISPÕE SOBRE ALTERAÇÕES NOS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/179/projeto_de_lei_21_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº21/2025  _x000D_
 AUTORIA: EXECUTIVO MUNICIPAL   _x000D_
 ASSUNTO: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE RIBEIRÃO GRANDE PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/233/projeto_de_lei_024-2025_-_poder_executivo_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA RECEBER ÁREA DOADA DO IMÓVEL QUE ESPECIFICA.</t>
+  </si>
+  <si>
+    <t>http://177.55.95.241/sapl/public/materialegislativa/2025/247/projeto_de_lei_025-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a subvencionar a ASSOCIAÇÃO BENEFICENTE SANTA CASA DE MISERICORDIA DE CAPÃO BONITO, para manutenção dos serviços de urgência.</t>
   </si>
   <si>
     <t>http://177.55.95.241/sapl/public/materialegislativa/2025/237/projeto_de_lei_26_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL PROCEDER ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER COMISSÃO</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N°001 DE 12 DE MAIO DE 2025-CONCEDE O TITULO DE CIDADÃO RIBEIRÃO- GRANDENSE AO SENHOR PAULO ROBERTO FIORILO.</t>
   </si>
   <si>
     <t>CPEFO - COMISSÃO PERMANENTE DE ECONOMIA, FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 08, DE 23 DE ABRIL DE 2025-AUTORIZA O EXECUTIVO MUNICIPAL A SUBVENCIONAR A ASSOCIAÇÃO BENEFICENTE SANTA CASA DE MISERICORDIA DE CAPÃO BONITO, PARA MANUTENÇÃO DOS SERVIÇOS DE URGÊNCIA/EMERGÊNCIA.</t>
   </si>
@@ -1519,56 +1531,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/3/07022025111726arquivo__0001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/4/07022025112622arquivo__0002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/8/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/10/indica_0004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/11/indica0005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/13/indica0007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/14/0008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/15/0009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/18/0012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/19/0013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/20/0014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/21/0015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/24/016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/25/0017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/26/0018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/27/0019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/28/0020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/29/0021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/30/0022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/31/0023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/32/0024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/33/0025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/34/0026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/35/0027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/36/0028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/38/0029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/39/0030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/40/0031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/41/0032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/43/0034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/45/0035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/46/0036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/47/0037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/48/0038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/51/indicacao_-_039-202520250321_13230616.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/52/indicacao_-_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/55/indicacao-_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/57/indicacao-_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/58/indicacao-_043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/59/indicacao-_044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/60/indicacao-_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/61/indicacao-_046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/65/indicacao-_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/66/indicacao-_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/70/indicacao-_049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/75/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/76/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/77/indicacao_052-20250001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/78/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/85/indicacao-_054-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/86/indicacao-_055-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/87/indicacao-_056-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/88/indicacao-_057-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/95/indicacao-_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/96/indicacao-_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/97/indicacao-_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/98/indicacao-_061-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/99/indicacao-_062-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/100/indicacao-_063-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/105/indicacao-_064-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/106/indicacao-_065-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/107/indicacao-_066-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/109/indicacao-_067-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/110/indicacao-_068-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/111/indicacao-_069-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/114/indicacao-_070-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/115/indicacao-_071-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/117/indicacao-_072-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/118/indicacao-_073-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/119/indicacao-_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/120/indicacao-_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/122/indicacao-_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/123/indicacao-_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/124/indicacao-_078-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/125/indicacao-_079-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/132/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/138/indicacao-081-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/139/indicacao-082-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/140/indicacao-083-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/142/indicacao_-_084-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/143/indicacao_-_085-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/144/indicacao_-_086-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/147/indicacao-087-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/148/indicacao-088-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/151/indicacao-089-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/152/indicacao-090-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/153/indicacao-091-20250001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/154/indicacao-092-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/158/indicacao-093-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/162/indicacao-_094-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/163/indicacao-_095-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/165/indicacao-_096-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/167/indicacao_-097-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/168/indicacao_-098-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/171/indicacao_-_099-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/172/indicacao-_100-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/173/indicacao-_101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/174/indicacao-_102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/175/indicacao-_103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/176/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/182/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/183/indicacao_-_107-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/186/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/191/indicacao-_109-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/193/indicacao-_110-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/198/indicacao-_111-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/199/indicacao-_112-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/236/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/146/projeto_de_lei_complementar_003-2025_-_ver_oseias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/166/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/56/mocao_de_aplausos_01-2025_-_cnbb.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/79/mocao_de_aplausos_002-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/126/mocao_de_apoio_003-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/130/mocao_de_aplausos_004-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/197/mocao_de_repudio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/22/projetodelei_0001-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/23/projetodelei_0002-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/37/projetodelei_0003-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/50/projetodelei_0005-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/73/projeto_de_lei_008-2025_-_ver_oseias.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/83/projeto_de_lei_009-2025_cmrg-_hino_municipal_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/104/projeto_de_lei_010-2025-_executivo_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/108/projeto_de_lei_011-2025_-_ver_ivo_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/136/projeto_de_lei_012-2025_-_ver_ivo_.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/156/projeto_de_lei_014-2025-_ver_luana.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/161/projeto_de_lei_015-2025-_ver_andrea.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/170/projeto_de_lei_016-2025_-_ver_valdomiro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/192/projeto_de_lei_017-2025_-_ver_ivo_.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/232/projeto_de_lei_018-2025_-_ver_mauricio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/62/projeto_de_lei_complementar_003-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/63/projeto_de_lei_complementar_004-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/103/projeto_de_lei_complementar_007-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/164/projeto_de_lei_complementar_008-2025_-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/196/projeto_de_lei_complementar_011-2025-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/80/projeto_de_lei_008-2025_-_subvencao_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/81/projeto_de_lei_009-2025_-_credito_adicional_suplementar_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/82/projeto_de_lei_010-2025_-_vigilancia_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/127/projeto_de_lei_011-2025-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/71/projeto_de_lei_012-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/72/projeto_de_lei_013-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/128/projeto_de_lei_014-2025-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/137/projeto_de_lei_015-2025_-_poder_executivo__.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/157/projeto_de_lei_017-2025-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/178/protjeto_de_lei_20_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/179/projeto_de_lei_21_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/233/projeto_de_lei_024-2025_-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/237/projeto_de_lei_26_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/112/parecer_da_comissao_de_ljr_11_-_pl_010-_ver_luana.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/113/parecer_da_comissao_de_cfo_12_-_pl_012_e_013_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/84/projeto_de_decreto_legislativo_001-2025_-_titulo_paulo_fiorilo_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/129/projeto_de_decreto_legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/169/projeto_de_emenda_001-2025_-_comissao_ljr.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/3/07022025111726arquivo__0001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/4/07022025112622arquivo__0002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/8/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/10/indica_0004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/11/indica0005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/13/indica0007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/14/0008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/15/0009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/18/0012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/19/0013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/20/0014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/21/0015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/24/016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/25/0017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/26/0018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/27/0019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/28/0020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/29/0021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/30/0022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/31/0023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/32/0024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/33/0025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/34/0026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/35/0027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/36/0028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/38/0029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/39/0030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/40/0031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/41/0032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/43/0034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/45/0035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/46/0036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/47/0037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/48/0038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/51/indicacao_-_039-202520250321_13230616.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/52/indicacao_-_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/55/indicacao-_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/57/indicacao-_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/58/indicacao-_043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/59/indicacao-_044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/60/indicacao-_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/61/indicacao-_046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/65/indicacao-_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/66/indicacao-_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/70/indicacao-_049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/75/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/76/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/77/indicacao_052-20250001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/78/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/85/indicacao-_054-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/86/indicacao-_055-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/87/indicacao-_056-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/88/indicacao-_057-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/95/indicacao-_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/96/indicacao-_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/97/indicacao-_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/98/indicacao-_061-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/99/indicacao-_062-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/100/indicacao-_063-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/105/indicacao-_064-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/106/indicacao-_065-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/107/indicacao-_066-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/109/indicacao-_067-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/110/indicacao-_068-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/111/indicacao-_069-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/114/indicacao-_070-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/115/indicacao-_071-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/117/indicacao-_072-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/118/indicacao-_073-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/119/indicacao-_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/120/indicacao-_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/122/indicacao-_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/123/indicacao-_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/124/indicacao-_078-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/125/indicacao-_079-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/132/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/138/indicacao-081-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/139/indicacao-082-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/140/indicacao-083-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/142/indicacao_-_084-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/143/indicacao_-_085-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/144/indicacao_-_086-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/147/indicacao-087-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/148/indicacao-088-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/151/indicacao-089-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/152/indicacao-090-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/153/indicacao-091-20250001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/154/indicacao-092-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/158/indicacao-093-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/162/indicacao-_094-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/163/indicacao-_095-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/165/indicacao-_096-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/167/indicacao_-097-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/168/indicacao_-098-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/171/indicacao_-_099-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/172/indicacao-_100-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/173/indicacao-_101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/174/indicacao-_102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/175/indicacao-_103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/176/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/182/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/183/indicacao_-_107-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/186/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/191/indicacao-_109-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/193/indicacao-_110-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/198/indicacao-_111-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/199/indicacao-_112-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/236/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/146/projeto_de_lei_complementar_003-2025_-_ver_oseias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/241/projeto_de_lei_complementar_012-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/166/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/56/mocao_de_aplausos_01-2025_-_cnbb.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/79/mocao_de_aplausos_002-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/126/mocao_de_apoio_003-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/130/mocao_de_aplausos_004-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/197/mocao_de_repudio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/22/projetodelei_0001-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/23/projetodelei_0002-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/37/projetodelei_0003-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/50/projetodelei_0005-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/73/projeto_de_lei_008-2025_-_ver_oseias.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/83/projeto_de_lei_009-2025_cmrg-_hino_municipal_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/104/projeto_de_lei_010-2025-_executivo_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/108/projeto_de_lei_011-2025_-_ver_ivo_.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/136/projeto_de_lei_012-2025_-_ver_ivo_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/156/projeto_de_lei_014-2025-_ver_luana.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/161/projeto_de_lei_015-2025-_ver_andrea.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/170/projeto_de_lei_016-2025_-_ver_valdomiro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/192/projeto_de_lei_017-2025_-_ver_ivo_.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/232/projeto_de_lei_018-2025_-_ver_mauricio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/62/projeto_de_lei_complementar_003-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/63/projeto_de_lei_complementar_004-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/103/projeto_de_lei_complementar_007-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/164/projeto_de_lei_complementar_008-2025_-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/196/projeto_de_lei_complementar_011-2025-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/80/projeto_de_lei_008-2025_-_subvencao_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/81/projeto_de_lei_009-2025_-_credito_adicional_suplementar_.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/82/projeto_de_lei_010-2025_-_vigilancia_.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/127/projeto_de_lei_011-2025-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/71/projeto_de_lei_012-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/72/projeto_de_lei_013-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/128/projeto_de_lei_014-2025-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/137/projeto_de_lei_015-2025_-_poder_executivo__.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/157/projeto_de_lei_017-2025-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/178/protjeto_de_lei_20_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/179/projeto_de_lei_21_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/233/projeto_de_lei_024-2025_-_poder_executivo_.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/247/projeto_de_lei_025-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/237/projeto_de_lei_26_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/112/parecer_da_comissao_de_ljr_11_-_pl_010-_ver_luana.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/113/parecer_da_comissao_de_cfo_12_-_pl_012_e_013_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/84/projeto_de_decreto_legislativo_001-2025_-_titulo_paulo_fiorilo_.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/129/projeto_de_decreto_legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://177.55.95.241/sapl/public/materialegislativa/2025/169/projeto_de_emenda_001-2025_-_comissao_ljr.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H179"/>
+  <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="67" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="120.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4552,1684 +4564,1762 @@
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
         <v>3</v>
       </c>
       <c r="D116" t="s">
         <v>244</v>
       </c>
       <c r="E116" t="s">
         <v>245</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>247</v>
       </c>
       <c r="H116" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>166</v>
+        <v>241</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D117" t="s">
+        <v>244</v>
+      </c>
+      <c r="E117" t="s">
+        <v>245</v>
+      </c>
+      <c r="F117" t="s">
         <v>249</v>
       </c>
-      <c r="E117" t="s">
+      <c r="G117" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>56</v>
+        <v>166</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
         <v>1</v>
       </c>
       <c r="D118" t="s">
+        <v>252</v>
+      </c>
+      <c r="E118" t="s">
         <v>253</v>
       </c>
-      <c r="E118" t="s">
+      <c r="F118" t="s">
+        <v>39</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D119" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E119" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F119" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H119" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>126</v>
+        <v>79</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D120" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E120" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H120" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D121" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E121" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F121" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H121" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>197</v>
+        <v>130</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D122" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E122" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H122" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D123" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="E123" t="s">
+        <v>257</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="F123" t="s">
-[...2 lines deleted...]
-      <c r="G123" s="1" t="s">
+      <c r="H123" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D124" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E124" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F124" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H124" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D125" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E125" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F125" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H125" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D126" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E126" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F126" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H126" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D127" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E127" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H127" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D128" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E128" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F128" t="s">
-        <v>198</v>
+        <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H128" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D129" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E129" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F129" t="s">
-        <v>39</v>
+        <v>198</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H129" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E130" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H130" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>136</v>
+        <v>108</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D131" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E131" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F131" t="s">
         <v>19</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H131" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D132" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E132" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>25</v>
+        <v>286</v>
       </c>
       <c r="H132" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D133" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E133" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F133" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>286</v>
+        <v>25</v>
       </c>
       <c r="H133" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D134" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E134" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F134" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H134" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D135" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E135" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F135" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H135" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D136" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E136" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H136" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>232</v>
+        <v>192</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E137" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F137" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H137" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>5</v>
+        <v>232</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>296</v>
+        <v>268</v>
       </c>
       <c r="E138" t="s">
+        <v>269</v>
+      </c>
+      <c r="F138" t="s">
+        <v>29</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="F138" t="s">
+      <c r="H138" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D139" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E139" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F139" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="H139" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D140" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E140" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F140" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>302</v>
       </c>
       <c r="H140" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>103</v>
+        <v>63</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D141" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E141" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F141" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>304</v>
       </c>
       <c r="H141" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>164</v>
+        <v>103</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D142" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E142" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F142" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H142" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D143" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E143" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F143" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>25</v>
+        <v>308</v>
       </c>
       <c r="H143" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>195</v>
+        <v>150</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D144" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E144" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F144" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H144" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D145" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E145" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F145" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>310</v>
+        <v>25</v>
       </c>
       <c r="H145" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>7</v>
+        <v>196</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D146" t="s">
+        <v>299</v>
+      </c>
+      <c r="E146" t="s">
+        <v>300</v>
+      </c>
+      <c r="F146" t="s">
+        <v>249</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H146" t="s">
         <v>311</v>
-      </c>
-[...10 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D147" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="E147" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="F147" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>314</v>
+        <v>25</v>
       </c>
       <c r="H147" t="s">
-        <v>315</v>
+        <v>251</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>81</v>
+        <v>7</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D148" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E148" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F148" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>316</v>
+        <v>25</v>
       </c>
       <c r="H148" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D149" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E149" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F149" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="H149" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>127</v>
+        <v>81</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D150" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E150" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F150" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="H150" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E151" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F151" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="H151" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>72</v>
+        <v>127</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D152" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E152" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F152" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="H152" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D153" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E153" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F153" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="H153" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>137</v>
+        <v>72</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D154" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E154" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F154" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H154" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>157</v>
+        <v>128</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D155" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E155" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F155" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="H155" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>155</v>
+        <v>137</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D156" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E156" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F156" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>25</v>
+        <v>330</v>
       </c>
       <c r="H156" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D157" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E157" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F157" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H157" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D158" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E158" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F158" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>335</v>
+        <v>25</v>
       </c>
       <c r="H158" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>233</v>
+        <v>178</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D159" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E159" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F159" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="H159" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>237</v>
+        <v>179</v>
       </c>
       <c r="B160">
         <v>2025</v>
       </c>
       <c r="C160">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D160" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E160" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F160" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="H160" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>94</v>
+        <v>233</v>
       </c>
       <c r="B161">
         <v>2025</v>
       </c>
       <c r="C161">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D161" t="s">
-        <v>341</v>
+        <v>313</v>
       </c>
       <c r="E161" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="F161" t="s">
-        <v>343</v>
+        <v>249</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>25</v>
+        <v>339</v>
       </c>
       <c r="H161" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>101</v>
+        <v>247</v>
       </c>
       <c r="B162">
         <v>2025</v>
       </c>
       <c r="C162">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D162" t="s">
+        <v>313</v>
+      </c>
+      <c r="E162" t="s">
+        <v>314</v>
+      </c>
+      <c r="F162" t="s">
+        <v>249</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="E162" t="s">
+      <c r="H162" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>102</v>
+        <v>237</v>
       </c>
       <c r="B163">
         <v>2025</v>
       </c>
       <c r="C163">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D163" t="s">
-        <v>341</v>
+        <v>313</v>
       </c>
       <c r="E163" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="F163" t="s">
+        <v>249</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="G163" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H163" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="B164">
         <v>2025</v>
       </c>
       <c r="C164">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D164" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E164" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F164" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G164" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H164" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="B165">
         <v>2025</v>
       </c>
       <c r="C165">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D165" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E165" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F165" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="G165" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H165" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="B166">
         <v>2025</v>
       </c>
       <c r="C166">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E166" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F166" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H166" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="B167">
         <v>2025</v>
       </c>
       <c r="C167">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D167" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E167" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F167" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>25</v>
+        <v>352</v>
       </c>
       <c r="H167" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="B168">
         <v>2025</v>
       </c>
       <c r="C168">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D168" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E168" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F168" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>25</v>
+        <v>354</v>
       </c>
       <c r="H168" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="B169">
         <v>2025</v>
       </c>
       <c r="C169">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D169" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E169" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F169" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H169" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>185</v>
+        <v>133</v>
       </c>
       <c r="B170">
         <v>2025</v>
       </c>
       <c r="C170">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D170" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E170" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F170" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H170" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>189</v>
+        <v>134</v>
       </c>
       <c r="B171">
         <v>2025</v>
       </c>
       <c r="C171">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D171" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E171" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F171" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H171" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>190</v>
+        <v>135</v>
       </c>
       <c r="B172">
         <v>2025</v>
       </c>
       <c r="C172">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D172" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E172" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F172" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H172" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
       <c r="C173">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D173" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E173" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F173" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H173" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>231</v>
+        <v>189</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D174" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E174" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F174" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H174" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>234</v>
+        <v>190</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
       <c r="C175">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D175" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E175" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F175" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H175" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D176" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E176" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F176" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H176" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>84</v>
+        <v>231</v>
       </c>
       <c r="B177">
         <v>2025</v>
       </c>
       <c r="C177">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="D177" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="E177" t="s">
+        <v>346</v>
+      </c>
+      <c r="F177" t="s">
+        <v>347</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H177" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>129</v>
+        <v>234</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
       <c r="C178">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="D178" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="E178" t="s">
-        <v>364</v>
+        <v>346</v>
       </c>
       <c r="F178" t="s">
-        <v>119</v>
+        <v>347</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>367</v>
+        <v>25</v>
       </c>
       <c r="H178" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
+        <v>235</v>
+      </c>
+      <c r="B179">
+        <v>2025</v>
+      </c>
+      <c r="C179">
+        <v>25</v>
+      </c>
+      <c r="D179" t="s">
+        <v>345</v>
+      </c>
+      <c r="E179" t="s">
+        <v>346</v>
+      </c>
+      <c r="F179" t="s">
+        <v>347</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H179" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180">
+        <v>84</v>
+      </c>
+      <c r="B180">
+        <v>2025</v>
+      </c>
+      <c r="C180">
+        <v>1</v>
+      </c>
+      <c r="D180" t="s">
+        <v>367</v>
+      </c>
+      <c r="E180" t="s">
+        <v>368</v>
+      </c>
+      <c r="F180" t="s">
+        <v>29</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H180" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181">
+        <v>129</v>
+      </c>
+      <c r="B181">
+        <v>2025</v>
+      </c>
+      <c r="C181">
+        <v>2</v>
+      </c>
+      <c r="D181" t="s">
+        <v>367</v>
+      </c>
+      <c r="E181" t="s">
+        <v>368</v>
+      </c>
+      <c r="F181" t="s">
+        <v>119</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H181" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182">
         <v>169</v>
       </c>
-      <c r="B179">
-[...2 lines deleted...]
-      <c r="C179">
+      <c r="B182">
+        <v>2025</v>
+      </c>
+      <c r="C182">
         <v>1</v>
       </c>
-      <c r="D179" t="s">
-[...12 lines deleted...]
-        <v>372</v>
+      <c r="D182" t="s">
+        <v>373</v>
+      </c>
+      <c r="E182" t="s">
+        <v>374</v>
+      </c>
+      <c r="F182" t="s">
+        <v>347</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H182" t="s">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6368,50 +6458,53 @@
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>